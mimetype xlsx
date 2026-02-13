--- v0 (2025-11-16)
+++ v1 (2026-02-13)
@@ -5,58 +5,63 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27932"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Equipes\GBOS\PROJETS\2024_ACROPOLLED\W_Workpackage\WP2.Analyse du déterminisme génétique de plusieurs anomalies de cornage\WP2.1.Faciliter le phénotypage des cornes sur le terrain\Appel_Cas\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{AEE29E14-0CDB-4BD1-851E-7BD038EE8BEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{678E06B7-4BD6-479E-9DA1-3CE166956C69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" tabRatio="212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="212" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Enquête Cornage ACROPolled" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="0"/>
+  <extLst>
+    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
+      <xlwcv:version setVersion="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="38">
   <si>
     <t>FR35178320</t>
   </si>
   <si>
     <t>FR3517832054</t>
   </si>
   <si>
     <t>CREOLE</t>
   </si>
   <si>
     <t>FR3517831900</t>
   </si>
   <si>
     <t>FR0100000001</t>
   </si>
   <si>
     <t>num_animal</t>
   </si>
   <si>
     <t>num_élevage</t>
@@ -70,53 +75,50 @@
   <si>
     <t>sexe</t>
   </si>
   <si>
     <t>num_mere</t>
   </si>
   <si>
     <t>num_pere</t>
   </si>
   <si>
     <t>date_obs</t>
   </si>
   <si>
     <t>Autres particularités (ex. cils broussailleux, pénis non retracté)</t>
   </si>
   <si>
     <t>Aspect de la corne (lisse, squammeux, écaillé) ?</t>
   </si>
   <si>
     <t>Commentaire (par ex. "asymétrie", "n'aurait pas du être cornu" )</t>
   </si>
   <si>
     <t xml:space="preserve">Si "écorné/cornes sciées" : à quel âge? </t>
   </si>
   <si>
-    <t>Statut (P/P, +/+,++, inconnu)</t>
-[...1 lines deleted...]
-  <si>
     <t>Taille des cornes/crôutes
  (en cm)</t>
   </si>
   <si>
     <t>Attache des cornes (soudées/branlantes)</t>
   </si>
   <si>
     <t>inconnu</t>
   </si>
   <si>
     <t>M</t>
   </si>
   <si>
     <t>petites cornes</t>
   </si>
   <si>
     <t>Le déclarant a-t-il touché l'emplacement des cornes ? (oui/non)</t>
   </si>
   <si>
     <t>oui</t>
   </si>
   <si>
     <t>3 cm</t>
   </si>
   <si>
@@ -132,50 +134,53 @@
     <t>soudées</t>
   </si>
   <si>
     <t>ras</t>
   </si>
   <si>
     <t>Photo (oui/non)</t>
   </si>
   <si>
     <t>num_tube</t>
   </si>
   <si>
     <t>Prélèvement (oui/non)</t>
   </si>
   <si>
     <t xml:space="preserve">Oui </t>
   </si>
   <si>
     <t>EB3144408</t>
   </si>
   <si>
     <t>L’animal a-t-il déjà été génotypé ? (oui/non)</t>
   </si>
   <si>
     <t>non</t>
+  </si>
+  <si>
+    <t>Statut (P/P, P/+,+/+, inconnu), avec P : Polled, +  :  corne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -574,390 +579,390 @@
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:U11"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="N1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J2" sqref="J2"/>
+    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K2" sqref="K2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="22.54296875" defaultRowHeight="12.5" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="22.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="15.453125" style="2" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="15" max="15" width="19.54296875" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="15.42578125" style="2" customWidth="1"/>
+    <col min="2" max="2" width="13.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="10.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="5.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="6" max="7" width="13.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="10.140625" style="2" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="20.7109375" style="2" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="21.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="24.28515625" style="2" customWidth="1"/>
+    <col min="12" max="12" width="28.42578125" style="2" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="14.28515625" style="2" bestFit="1" customWidth="1"/>
+    <col min="14" max="14" width="23.42578125" style="2" customWidth="1"/>
+    <col min="15" max="15" width="19.5703125" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="18" style="2" bestFit="1" customWidth="1"/>
-    <col min="17" max="17" width="25.90625" style="2" customWidth="1"/>
+    <col min="17" max="17" width="25.85546875" style="2" customWidth="1"/>
     <col min="18" max="18" width="21" style="2" bestFit="1" customWidth="1"/>
-    <col min="19" max="20" width="15.54296875" style="2" customWidth="1"/>
-    <col min="21" max="21" width="9.453125" style="2" customWidth="1"/>
+    <col min="19" max="20" width="15.5703125" style="2" customWidth="1"/>
+    <col min="21" max="21" width="9.42578125" style="2" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" s="3" customFormat="1" ht="52" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:21" s="3" customFormat="1" ht="51" x14ac:dyDescent="0.2">
       <c r="A1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D1" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E1" s="4" t="s">
         <v>9</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>10</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>11</v>
       </c>
       <c r="H1" s="4" t="s">
         <v>12</v>
       </c>
       <c r="I1" s="4" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="J1" s="4" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="K1" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="L1" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="M1" s="4" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>18</v>
       </c>
       <c r="N1" s="4" t="s">
         <v>15</v>
       </c>
       <c r="O1" s="4" t="s">
         <v>16</v>
       </c>
       <c r="P1" s="4" t="s">
         <v>14</v>
       </c>
       <c r="Q1" s="4" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="R1" s="4" t="s">
         <v>13</v>
       </c>
       <c r="S1" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="T1" s="4" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="U1" s="4" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
-    <row r="2" spans="1:21" s="8" customFormat="1" ht="34.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:21" s="8" customFormat="1" ht="34.15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6">
         <v>45875</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>2</v>
       </c>
       <c r="E2" s="5" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>3</v>
       </c>
       <c r="G2" s="5" t="s">
         <v>4</v>
       </c>
       <c r="H2" s="6">
         <v>45884</v>
       </c>
       <c r="I2" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="L2" s="7" t="s">
+        <v>21</v>
+      </c>
+      <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="J2" s="5" t="s">
-[...8 lines deleted...]
-      <c r="M2" s="5" t="s">
+      <c r="N2" s="5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="O2" s="5"/>
       <c r="P2" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="Q2" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="Q2" s="5" t="s">
+      <c r="R2" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="R2" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="S2" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="T2" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="T2" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="U2" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A3" s="1"/>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="1"/>
       <c r="F3" s="1"/>
       <c r="G3" s="1"/>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1"/>
       <c r="U3" s="1"/>
     </row>
-    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
       <c r="F4" s="1"/>
       <c r="G4" s="1"/>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1"/>
       <c r="U4" s="1"/>
     </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
       <c r="C5" s="1"/>
       <c r="D5" s="1"/>
       <c r="E5" s="1"/>
       <c r="F5" s="1"/>
       <c r="G5" s="1"/>
       <c r="H5" s="1"/>
       <c r="I5" s="1"/>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1"/>
       <c r="U5" s="1"/>
     </row>
-    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
       <c r="B6" s="1"/>
       <c r="C6" s="1"/>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
       <c r="G6" s="1"/>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1"/>
       <c r="U6" s="1"/>
     </row>
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
       <c r="B7" s="1"/>
       <c r="C7" s="1"/>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
       <c r="G7" s="1"/>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1"/>
       <c r="U7" s="1"/>
     </row>
-    <row r="8" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A8" s="1"/>
       <c r="B8" s="1"/>
       <c r="C8" s="1"/>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
       <c r="G8" s="1"/>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1"/>
       <c r="U8" s="1"/>
     </row>
-    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
       <c r="B9" s="1"/>
       <c r="C9" s="1"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
       <c r="G9" s="1"/>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1"/>
       <c r="U9" s="1"/>
     </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A10" s="1"/>
       <c r="B10" s="1"/>
       <c r="C10" s="1"/>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
       <c r="G10" s="1"/>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
     </row>
-    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:21" x14ac:dyDescent="0.2">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
       <c r="G11" s="1"/>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
     </row>
   </sheetData>
   <pageMargins left="0.5" right="0.5" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" orientation="portrait" useFirstPageNumber="1" r:id="rId1"/>